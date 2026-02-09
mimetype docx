--- v0 (2025-12-14)
+++ v1 (2026-02-09)
@@ -11996,52 +11996,52 @@
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Registry</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">eb58458e-0e30-4127-834c-b151d42bafa3</TermId>
         </TermInfo>
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Division of Education</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">97010511-1aee-479f-9ad1-edea3821fef8</TermId>
         </TermInfo>
       </Terms>
     </m48a2eb139814542bfdd702f3b540d66>
     <Overview xmlns="95a0b8b2-c663-43e7-bd48-a3730d7a5ba2" xsi:nil="true"/>
     <_Flow_SignoffStatus xmlns="b368c4e3-a0e0-4aa6-b5a3-80547d43da8e" xsi:nil="true"/>
     <Governance_x0020_Type xmlns="95a0b8b2-c663-43e7-bd48-a3730d7a5ba2">
       <Value>Procedure</Value>
     </Governance_x0020_Type>
     <_dlc_DocId xmlns="95a0b8b2-c663-43e7-bd48-a3730d7a5ba2">3UFKAJEVQJ3U-1262573060-273</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="95a0b8b2-c663-43e7-bd48-a3730d7a5ba2">
       <Url>https://lshtm.sharepoint.com/sites/assets/policies/_layouts/15/DocIdRedir.aspx?ID=3UFKAJEVQJ3U-1262573060-273</Url>
       <Description>3UFKAJEVQJ3U-1262573060-273</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Policies" ma:contentTypeID="0x010100E3C2D5FD9BED31418104DB9619E0BAE40062D05E3AABB485419F0BDBEA712792D2" ma:contentTypeVersion="18" ma:contentTypeDescription="School documents that form official policies" ma:contentTypeScope="" ma:versionID="5b922ee4649ebbe9f2fe95470feb73cc">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="95a0b8b2-c663-43e7-bd48-a3730d7a5ba2" xmlns:ns3="6a164dda-3779-4169-b957-e287451f6523" xmlns:ns4="b368c4e3-a0e0-4aa6-b5a3-80547d43da8e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ac0ff3358681763c5b94d13d6eaf4b4b" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Policies" ma:contentTypeID="0x010100E3C2D5FD9BED31418104DB9619E0BAE40062D05E3AABB485419F0BDBEA712792D2" ma:contentTypeVersion="18" ma:contentTypeDescription="School documents that form official policies" ma:contentTypeScope="" ma:versionID="0e77d053b9da2ddf9263e49fdd297cbc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="95a0b8b2-c663-43e7-bd48-a3730d7a5ba2" xmlns:ns3="6a164dda-3779-4169-b957-e287451f6523" xmlns:ns4="b368c4e3-a0e0-4aa6-b5a3-80547d43da8e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d122f6a5274f669099932019ced282d5" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="95a0b8b2-c663-43e7-bd48-a3730d7a5ba2"/>
     <xsd:import namespace="6a164dda-3779-4169-b957-e287451f6523"/>
     <xsd:import namespace="b368c4e3-a0e0-4aa6-b5a3-80547d43da8e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Overview" minOccurs="0"/>
                 <xsd:element ref="ns3:Visibility" minOccurs="0"/>
                 <xsd:element ref="ns2:Governance_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxKeywordTaxHTField" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns3:m48a2eb139814542bfdd702f3b540d66" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:LastSharedByUser" minOccurs="0"/>
                 <xsd:element ref="ns2:LastSharedByTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:_Flow_SignoffStatus" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoKeyPoints" minOccurs="0"/>
@@ -12378,51 +12378,51 @@
   <cached>True</cached>
   <openByDefault>True</openByDefault>
   <xsnScope/>
 </customXsn>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B054E5E3-E237-4BC6-8F0C-EA77344A5522}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5EF54B08-AE3C-4C70-B619-F0A5433DCC4A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6a164dda-3779-4169-b957-e287451f6523"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0CD1FCE-F1C4-4DB5-A0EB-4DD78DC21AF5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1CEEA357-AFF9-4ED3-B36F-3C9033219803}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3093EDE-B647-41ED-9552-143DD11E65BE}"/>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86A12C35-CC5E-4D94-B56D-AF7AC565412A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27A402EF-A642-4D2F-A9A2-E2057C9EBB75}"/>
 </file>
 
 <file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E5724D9-6E3D-4CAD-9211-2C41D807504D}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
@@ -12464,27 +12464,30 @@
   <dc:title>Student Complaints Form</dc:title>
   <dc:creator>James Brown</dc:creator>
   <cp:keywords>complaints</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="TaxKeyword">
     <vt:lpwstr>237;#complaints|4d72806e-05ea-489e-b9f6-b3ae1edd282c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x010100E3C2D5FD9BED31418104DB9619E0BAE40062D05E3AABB485419F0BDBEA712792D2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>4d85f7f5-4d2c-450a-880e-d963cf9021f6</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Policy Area">
     <vt:lpwstr>48;#Registry|eb58458e-0e30-4127-834c-b151d42bafa3;#160;#Division of Education|97010511-1aee-479f-9ad1-edea3821fef8</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Policy_x0020_Area">
+    <vt:lpwstr>48;#Registry|eb58458e-0e30-4127-834c-b151d42bafa3;#160;#Division of Education|97010511-1aee-479f-9ad1-edea3821fef8</vt:lpwstr>
+  </property>
 </Properties>
 </file>