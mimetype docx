--- v0 (2025-12-14)
+++ v1 (2026-02-08)
@@ -12580,52 +12580,52 @@
 
 <file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps8.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <customXsn xmlns="http://schemas.microsoft.com/office/2006/metadata/customXsn">
   <xsnLocation/>
   <cached>True</cached>
   <openByDefault>True</openByDefault>
   <xsnScope/>
 </customXsn>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="8207403b-203c-4ed3-95cd-88a852189123" ContentTypeId="0x010100E3C2D5FD9BED31418104DB9619E0BAE4" PreviousValue="false"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Policies" ma:contentTypeID="0x010100E3C2D5FD9BED31418104DB9619E0BAE40062D05E3AABB485419F0BDBEA712792D2" ma:contentTypeVersion="18" ma:contentTypeDescription="School documents that form official policies" ma:contentTypeScope="" ma:versionID="5b922ee4649ebbe9f2fe95470feb73cc">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="95a0b8b2-c663-43e7-bd48-a3730d7a5ba2" xmlns:ns3="6a164dda-3779-4169-b957-e287451f6523" xmlns:ns4="b368c4e3-a0e0-4aa6-b5a3-80547d43da8e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ac0ff3358681763c5b94d13d6eaf4b4b" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Policies" ma:contentTypeID="0x010100E3C2D5FD9BED31418104DB9619E0BAE40062D05E3AABB485419F0BDBEA712792D2" ma:contentTypeVersion="18" ma:contentTypeDescription="School documents that form official policies" ma:contentTypeScope="" ma:versionID="0e77d053b9da2ddf9263e49fdd297cbc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="95a0b8b2-c663-43e7-bd48-a3730d7a5ba2" xmlns:ns3="6a164dda-3779-4169-b957-e287451f6523" xmlns:ns4="b368c4e3-a0e0-4aa6-b5a3-80547d43da8e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d122f6a5274f669099932019ced282d5" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="95a0b8b2-c663-43e7-bd48-a3730d7a5ba2"/>
     <xsd:import namespace="6a164dda-3779-4169-b957-e287451f6523"/>
     <xsd:import namespace="b368c4e3-a0e0-4aa6-b5a3-80547d43da8e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Overview" minOccurs="0"/>
                 <xsd:element ref="ns3:Visibility" minOccurs="0"/>
                 <xsd:element ref="ns2:Governance_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxKeywordTaxHTField" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns3:m48a2eb139814542bfdd702f3b540d66" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:LastSharedByUser" minOccurs="0"/>
                 <xsd:element ref="ns2:LastSharedByTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:_Flow_SignoffStatus" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoKeyPoints" minOccurs="0"/>
@@ -12996,51 +12996,51 @@
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B620A7F-2D92-469F-AB2A-C61FABE336D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/customXsn"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44ADC8C2-F386-4C34-A5AB-BFA7275F2EED}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{375B21C0-C5AA-48BD-9B95-457FAB024B21}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{096E91B5-58E9-40D9-99BD-EA793A33579C}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98B3D48F-68EF-4A11-8501-C1D75EC1A091}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6a164dda-3779-4169-b957-e287451f6523"/>
     <ds:schemaRef ds:uri="95a0b8b2-c663-43e7-bd48-a3730d7a5ba2"/>
     <ds:schemaRef ds:uri="b368c4e3-a0e0-4aa6-b5a3-80547d43da8e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9FCC59E-7CA9-4D60-87C3-AD0753C59E5C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5364B455-25E2-4F27-8D3B-2CAB7FDCAE48}">
   <ds:schemaRefs>
@@ -13106,27 +13106,30 @@
   <dc:title>Extenuating Circumstances form</dc:title>
   <dc:creator>QM</dc:creator>
   <cp:keywords>policy</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100E3C2D5FD9BED31418104DB9619E0BAE40062D05E3AABB485419F0BDBEA712792D2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TaxKeyword">
     <vt:lpwstr>41;#policy|0c2a2c17-5ef2-4766-92d4-7872d211a028</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>03f756dd-c3f8-407c-ae69-0c7d4db33fb9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Policy Area">
     <vt:lpwstr>48;#Registry|eb58458e-0e30-4127-834c-b151d42bafa3</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Policy_x0020_Area">
+    <vt:lpwstr>48;#Registry|eb58458e-0e30-4127-834c-b151d42bafa3</vt:lpwstr>
+  </property>
 </Properties>
 </file>