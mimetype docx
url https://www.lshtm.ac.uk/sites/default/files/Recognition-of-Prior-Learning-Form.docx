--- v0 (2025-12-14)
+++ v1 (2026-02-09)
@@ -15,178 +15,185 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="06EF2F23" w14:textId="2D588D15" w:rsidR="0090619A" w:rsidRDefault="0090619A" w:rsidP="0090619A">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Recognition of Prior Learning </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Application </w:t>
-[...8 lines deleted...]
-        <w:t>F</w:t>
+        <w:t>Application F</w:t>
       </w:r>
       <w:r w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>orm</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39291B3F" w14:textId="77777777" w:rsidR="0090619A" w:rsidRPr="0090619A" w:rsidRDefault="0090619A" w:rsidP="005A4C7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="251C6ECE" w14:textId="54A63294" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="005A4C7F" w:rsidP="005A4C7F">
+    <w:p w14:paraId="251C6ECE" w14:textId="5FE0C892" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="005A4C7F" w:rsidP="005A4C7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Please read the </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00834FF5" w:rsidRPr="00834FF5">
+        <w:r w:rsidR="00834FF5" w:rsidRPr="008C340C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>Recognition</w:t>
         </w:r>
-        <w:r w:rsidRPr="00834FF5">
+        <w:r w:rsidRPr="008C340C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve"> of Prior Learning Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> before making an application. </w:t>
       </w:r>
       <w:r w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00F74B96" w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>omplete one form per module</w:t>
+        <w:t xml:space="preserve">omplete one form per </w:t>
       </w:r>
       <w:r w:rsidR="00834FF5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>/programme</w:t>
+        <w:t>programme</w:t>
       </w:r>
       <w:r w:rsidR="00F74B96" w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> for which exemption is requested</w:t>
+        <w:t xml:space="preserve"> for which exemption</w:t>
+      </w:r>
+      <w:r w:rsidR="007D27C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from learning</w:t>
+      </w:r>
+      <w:r w:rsidR="00F74B96" w:rsidRPr="00377998">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is requested</w:t>
       </w:r>
       <w:r w:rsidR="00E12C91" w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00E12C91" w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t>Please use the TAB key to move between the grey boxes.  Where a signature is required, an electronic one will suffice.</w:t>
       </w:r>
       <w:r w:rsidR="00F74B96" w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -230,99 +237,101 @@
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid0"/>
         <w:tblW w:w="10632" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="7" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1380"/>
-        <w:gridCol w:w="3447"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4536"/>
+        <w:gridCol w:w="1739"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="4395"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00830E18" w:rsidRPr="00377998" w14:paraId="49A4F864" w14:textId="098EC2CA" w:rsidTr="0090619A">
+      <w:tr w:rsidR="00C60719" w:rsidRPr="00377998" w14:paraId="49A4F864" w14:textId="098EC2CA" w:rsidTr="008B639C">
         <w:trPr>
           <w:trHeight w:val="463"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61A50F4D" w14:textId="1B4B9422" w:rsidR="00830E18" w:rsidRPr="00377998" w:rsidRDefault="00830E18" w:rsidP="00886C92">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00377998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>First name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3447" w:type="dxa"/>
+            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1260BC01" w14:textId="0DBF8A71" w:rsidR="00830E18" w:rsidRPr="00377998" w:rsidRDefault="00AD011D" w:rsidP="00830E18">
+          <w:p w14:paraId="1260BC01" w14:textId="0DBF8A71" w:rsidR="00830E18" w:rsidRPr="00377998" w:rsidRDefault="00437726" w:rsidP="00830E18">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                 </w:rPr>
                 <w:id w:val="-454098465"/>
                 <w:placeholder>
                   <w:docPart w:val="DE013C5D3E5A45D2BD5D71D70C00A939"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:bookmarkStart w:id="0" w:name="Text1"/>
                 <w:r w:rsidR="00830E18" w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -389,88 +398,88 @@
                   </w:rPr>
                   <w:t> </w:t>
                 </w:r>
                 <w:r w:rsidR="00830E18" w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:noProof/>
                   </w:rPr>
                   <w:t> </w:t>
                 </w:r>
                 <w:r w:rsidR="00830E18" w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:bookmarkEnd w:id="0"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1269" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1448D877" w14:textId="78B2010D" w:rsidR="00830E18" w:rsidRPr="00377998" w:rsidRDefault="00830E18" w:rsidP="00830E18">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00377998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Surname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="4395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44D37E19" w14:textId="0A52ECDB" w:rsidR="00830E18" w:rsidRPr="00377998" w:rsidRDefault="00AD011D" w:rsidP="00830E18">
+          <w:p w14:paraId="44D37E19" w14:textId="0A52ECDB" w:rsidR="00830E18" w:rsidRPr="00377998" w:rsidRDefault="00437726" w:rsidP="00830E18">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                 </w:rPr>
                 <w:id w:val="-1648353886"/>
                 <w:placeholder>
                   <w:docPart w:val="50F25ED531A24929A510CE59D4FF9F79"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BB1CE5" w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                   </w:rPr>
@@ -533,434 +542,738 @@
                     <w:b/>
                     <w:noProof/>
                   </w:rPr>
                   <w:t> </w:t>
                 </w:r>
                 <w:r w:rsidR="00BB1CE5" w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:noProof/>
                   </w:rPr>
                   <w:t> </w:t>
                 </w:r>
                 <w:r w:rsidR="00BB1CE5" w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00830E18" w:rsidRPr="00377998" w14:paraId="2CB55383" w14:textId="7F743294" w:rsidTr="0090619A">
+      <w:tr w:rsidR="008B639C" w:rsidRPr="00377998" w14:paraId="7625A284" w14:textId="77777777" w:rsidTr="00B7044A">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="101" w:type="dxa"/>
+            <w:right w:w="115" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="470"/>
+          <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4827" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="520BE0A1" w14:textId="262E3A99" w:rsidR="00830E18" w:rsidRPr="00377998" w:rsidRDefault="00D339B3" w:rsidP="00830E18">
+          <w:p w14:paraId="4533FF60" w14:textId="5E153750" w:rsidR="008B639C" w:rsidRPr="00377998" w:rsidRDefault="00B7044A" w:rsidP="000A1B9F">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>P</w:t>
-[...6 lines deleted...]
-              <w:t>rogramme applied for or currently registered on</w:t>
+              <w:t>Prior Institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27C54769" w14:textId="08D217A9" w:rsidR="00830E18" w:rsidRPr="00377998" w:rsidRDefault="00AD011D" w:rsidP="00886C92">
+          <w:p w14:paraId="76D8CC61" w14:textId="7A33CE37" w:rsidR="008B639C" w:rsidRPr="00377998" w:rsidRDefault="00437726" w:rsidP="00C60719">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                 </w:rPr>
-                <w:id w:val="239987765"/>
+                <w:id w:val="-494334702"/>
                 <w:placeholder>
-                  <w:docPart w:val="2F72DB634AB44425A93110A91394C612"/>
+                  <w:docPart w:val="2F326411BA9746058897BF542CBE051D"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00830E18" w:rsidRPr="00377998">
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                    </w:rPr>
+                    <w:id w:val="-1267539609"/>
+                    <w:placeholder>
+                      <w:docPart w:val="3A77E66FBB92451E9F3C5CE3C73390A3"/>
+                    </w:placeholder>
+                  </w:sdtPr>
+                  <w:sdtEndPr/>
+                  <w:sdtContent>
+                    <w:r w:rsidR="008B639C" w:rsidRPr="00377998">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin">
+                        <w:ffData>
+                          <w:name w:val="Text1"/>
+                          <w:enabled/>
+                          <w:calcOnExit w:val="0"/>
+                          <w:textInput/>
+                        </w:ffData>
+                      </w:fldChar>
+                    </w:r>
+                    <w:r w:rsidR="008B639C" w:rsidRPr="00377998">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                      </w:rPr>
+                      <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                    </w:r>
+                    <w:r w:rsidR="008B639C" w:rsidRPr="00377998">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                      </w:rPr>
+                    </w:r>
+                    <w:r w:rsidR="008B639C" w:rsidRPr="00377998">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r w:rsidR="008B639C" w:rsidRPr="00377998">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r w:rsidR="008B639C" w:rsidRPr="00377998">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r w:rsidR="008B639C" w:rsidRPr="00377998">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r w:rsidR="008B639C" w:rsidRPr="00377998">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r w:rsidR="008B639C" w:rsidRPr="00377998">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r w:rsidR="008B639C" w:rsidRPr="00377998">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                  </w:sdtContent>
+                </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B7044A" w:rsidRPr="00377998" w14:paraId="05AA25AD" w14:textId="77777777" w:rsidTr="00B7044A">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="101" w:type="dxa"/>
+            <w:right w:w="115" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3108D416" w14:textId="7EE9E367" w:rsidR="00B7044A" w:rsidRDefault="00B7044A" w:rsidP="000A1B9F">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Prior Programme of Study</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ABD27BC" w14:textId="4D09FBE4" w:rsidR="00B7044A" w:rsidRPr="00377998" w:rsidRDefault="00B7044A" w:rsidP="000A1B9F">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="-1934821135"/>
+                <w:placeholder>
+                  <w:docPart w:val="D22FA9669B1048A39399176FF4725DC4"/>
+                </w:placeholder>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="begin">
                     <w:ffData>
                       <w:name w:val="Text1"/>
                       <w:enabled/>
                       <w:calcOnExit w:val="0"/>
                       <w:textInput/>
                     </w:ffData>
                   </w:fldChar>
                 </w:r>
-                <w:r w:rsidR="00830E18" w:rsidRPr="00377998">
+                <w:r w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                 </w:r>
-                <w:r w:rsidR="00830E18" w:rsidRPr="00377998">
+                <w:r w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                   </w:rPr>
                 </w:r>
-                <w:r w:rsidR="00830E18" w:rsidRPr="00377998">
+                <w:r w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:r w:rsidR="00830E18" w:rsidRPr="00377998">
+                <w:r w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:noProof/>
                   </w:rPr>
                   <w:t> </w:t>
                 </w:r>
-                <w:r w:rsidR="00830E18" w:rsidRPr="00377998">
+                <w:r w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:noProof/>
                   </w:rPr>
                   <w:t> </w:t>
                 </w:r>
-                <w:r w:rsidR="00830E18" w:rsidRPr="00377998">
+                <w:r w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:noProof/>
                   </w:rPr>
                   <w:t> </w:t>
                 </w:r>
-                <w:r w:rsidR="00830E18" w:rsidRPr="00377998">
+                <w:r w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:noProof/>
                   </w:rPr>
                   <w:t> </w:t>
                 </w:r>
-                <w:r w:rsidR="00830E18" w:rsidRPr="00377998">
+                <w:r w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:noProof/>
                   </w:rPr>
                   <w:t> </w:t>
                 </w:r>
-                <w:r w:rsidR="00830E18" w:rsidRPr="00377998">
+                <w:r w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00B7044A" w:rsidRPr="00377998" w14:paraId="483CCD0A" w14:textId="77777777" w:rsidTr="00B7044A">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="101" w:type="dxa"/>
+            <w:right w:w="115" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="1182"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34DB6FCE" w14:textId="43CC5EB9" w:rsidR="00B7044A" w:rsidRDefault="00B7044A" w:rsidP="000A1B9F">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Prior Module(s) for which Recognition is Sort</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="615D02AF" w14:textId="5E77F2E2" w:rsidR="00B7044A" w:rsidRPr="00377998" w:rsidRDefault="00C60719" w:rsidP="00C60719">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="-1476589524"/>
+                <w:placeholder>
+                  <w:docPart w:val="691762A1BE724946BDAEE3195242BF58"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="006854C6">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p w14:paraId="435185F5" w14:textId="77777777" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="00F74B96" w:rsidP="00886C92">
       <w:pPr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="298CD8C7" w14:textId="7A310784" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="00886C92" w:rsidP="00886C92">
+    <w:p w14:paraId="298CD8C7" w14:textId="26852DE7" w:rsidR="00F74B96" w:rsidRPr="008C7054" w:rsidRDefault="00886C92" w:rsidP="00886C92">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="41" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00377998">
+      <w:r w:rsidRPr="008C7054">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00377998">
+      <w:r w:rsidRPr="008C7054">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F74B96" w:rsidRPr="00377998">
+      <w:r w:rsidR="00F74B96" w:rsidRPr="008C7054">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">I request exemption in respect of relevant modules in the above </w:t>
+        <w:t>I request exemption</w:t>
       </w:r>
-      <w:r w:rsidR="00B72924" w:rsidRPr="00377998">
+      <w:r w:rsidR="008B639C" w:rsidRPr="008C7054">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from learning</w:t>
+      </w:r>
+      <w:r w:rsidR="00F74B96" w:rsidRPr="008C7054">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in respect of relevant modules in the above </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA041D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">postgraduate taught </w:t>
+      </w:r>
+      <w:r w:rsidR="00B72924" w:rsidRPr="008C7054">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>programme</w:t>
       </w:r>
-      <w:r w:rsidR="00D339B3">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F74B96" w:rsidRPr="00377998">
+      <w:r w:rsidR="00F74B96" w:rsidRPr="008C7054">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B651CCB" w14:textId="039B7C48" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="00886C92" w:rsidP="00886C92">
+    <w:p w14:paraId="1B651CCB" w14:textId="5E3EC358" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="00886C92" w:rsidP="00886C92">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="41" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00377998">
+      <w:r w:rsidRPr="008C7054">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F74B96" w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>I enclose original or authenticated copies of transcripts or other evidence of units/modules taken</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> and, where available, of the grades and cre</w:t>
+        <w:t>I enclose original or authenticated copies of transcripts or other evidence of units/modules taken and, where available, of the grades and cre</w:t>
       </w:r>
       <w:r w:rsidR="00D339B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>dits obtained in these modules</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0560368B" w14:textId="77777777" w:rsidR="00043C6B" w:rsidRPr="0090619A" w:rsidRDefault="00043C6B" w:rsidP="00886C92">
       <w:pPr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:ind w:left="780" w:right="41"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid0"/>
         <w:tblW w:w="10632" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="101" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1985"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2925"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="5103"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F74B96" w:rsidRPr="00377998" w14:paraId="6C547C48" w14:textId="77777777" w:rsidTr="00D339B3">
         <w:trPr>
           <w:trHeight w:val="221"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10632" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="110E4AB3" w14:textId="4690C3F3" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="00D339B3" w:rsidP="00830E18">
+          <w:p w14:paraId="110E4AB3" w14:textId="4AE80C54" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="008B639C" w:rsidP="008B639C">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">MSC </w:t>
+              <w:t xml:space="preserve">TAUGHT PROGRAMMES </w:t>
             </w:r>
             <w:r w:rsidR="00F74B96" w:rsidRPr="00377998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>MODULE FOR WHICH EXEMPTION IS REQUESTED</w:t>
             </w:r>
             <w:r w:rsidR="00F74B96" w:rsidRPr="00377998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0090619A">
-[...3 lines deleted...]
-              <w:t>(MSc only)</w:t>
+            <w:r w:rsidR="0090619A" w:rsidRPr="008B639C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C0CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Taught programmes </w:t>
+            </w:r>
+            <w:r w:rsidR="0090619A" w:rsidRPr="008C0CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>only</w:t>
+            </w:r>
+            <w:r w:rsidR="0090619A" w:rsidRPr="008B639C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F74B96" w:rsidRPr="00377998" w14:paraId="1B792F3D" w14:textId="77777777" w:rsidTr="0090619A">
+      <w:tr w:rsidR="00F74B96" w:rsidRPr="00377998" w14:paraId="1B792F3D" w14:textId="77777777" w:rsidTr="008B639C">
         <w:trPr>
           <w:trHeight w:val="249"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22548299" w14:textId="77777777" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="00F74B96" w:rsidP="00830E18">
+          <w:p w14:paraId="22548299" w14:textId="4B241A21" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="00F74B96" w:rsidP="00830E18">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00377998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">Module Title </w:t>
+              <w:t>Module Title</w:t>
+            </w:r>
+            <w:r w:rsidR="008B639C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>(s)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377998">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8647" w:type="dxa"/>
+            <w:tcW w:w="8222" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F22F762" w14:textId="5D056CD0" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="00F74B96" w:rsidP="00830E18">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00377998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
@@ -1054,86 +1367,86 @@
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
                     <w:r w:rsidR="00134A3D" w:rsidRPr="00377998">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                         <w:noProof/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
                     <w:r w:rsidR="00134A3D" w:rsidRPr="00377998">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F74B96" w:rsidRPr="00377998" w14:paraId="2CCA306D" w14:textId="77777777" w:rsidTr="0090619A">
+      <w:tr w:rsidR="00F74B96" w:rsidRPr="00377998" w14:paraId="2CCA306D" w14:textId="77777777" w:rsidTr="008B639C">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1315F953" w14:textId="592FAAF7" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="00F74B96" w:rsidP="00830E18">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00377998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Module Credits </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8647" w:type="dxa"/>
+            <w:tcW w:w="8222" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D0AA78A" w14:textId="03833323" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="00F74B96" w:rsidP="00830E18">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00377998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
@@ -1227,148 +1540,186 @@
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
                     <w:r w:rsidR="00134A3D" w:rsidRPr="00377998">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                         <w:noProof/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
                     <w:r w:rsidR="00134A3D" w:rsidRPr="00377998">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00830E18" w:rsidRPr="00377998" w14:paraId="606DEE2B" w14:textId="164FFC66" w:rsidTr="00D339B3">
+      <w:tr w:rsidR="00830E18" w:rsidRPr="00377998" w14:paraId="606DEE2B" w14:textId="164FFC66" w:rsidTr="008B639C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7707" w:type="dxa"/>
+            <w:tcW w:w="5529" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FA38D3C" w14:textId="33F3A776" w:rsidR="00830E18" w:rsidRPr="00377998" w:rsidRDefault="00830E18" w:rsidP="00830E18">
+          <w:p w14:paraId="050A28A5" w14:textId="743C51CB" w:rsidR="008B639C" w:rsidRDefault="00830E18" w:rsidP="008B639C">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00377998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>If exemption is granted, do you want to take another module in its place?</w:t>
+              <w:t xml:space="preserve">If exemption </w:t>
+            </w:r>
+            <w:r w:rsidR="008B639C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">from learning </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377998">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">is granted, </w:t>
+            </w:r>
+            <w:r w:rsidR="008B639C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">which module(s) do you want to take in its place? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FA38D3C" w14:textId="4317D9C5" w:rsidR="008B639C" w:rsidRPr="008B639C" w:rsidRDefault="008B639C" w:rsidP="008B639C">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B639C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>(required unless prior learning was at LSHTM)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2925" w:type="dxa"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1592A59B" w14:textId="6536E8EA" w:rsidR="00830E18" w:rsidRPr="00377998" w:rsidRDefault="00830E18" w:rsidP="00830E18">
+          <w:p w14:paraId="1592A59B" w14:textId="11E20119" w:rsidR="00830E18" w:rsidRPr="00377998" w:rsidRDefault="00437726" w:rsidP="00830E18">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:ind w:left="-15" w:right="41"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00377998">
-[...45 lines deleted...]
-            <w:bookmarkEnd w:id="1"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="-1361503017"/>
+                <w:placeholder>
+                  <w:docPart w:val="04941E32CEF44796AD5CB187FBFD544E"/>
+                </w:placeholder>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                    </w:rPr>
+                    <w:id w:val="-1607794168"/>
+                    <w:placeholder>
+                      <w:docPart w:val="2A82027425634A7BB3D7F7FF79AC1A51"/>
+                    </w:placeholder>
+                  </w:sdtPr>
+                  <w:sdtEndPr/>
+                  <w:sdtContent>
+                    <w:sdt>
+                      <w:sdtPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                        </w:rPr>
+                        <w:id w:val="-1792672573"/>
+                        <w:placeholder>
+                          <w:docPart w:val="6AFF05EA12C648C3BC523A34EFD50B87"/>
+                        </w:placeholder>
+                        <w:showingPlcHdr/>
+                      </w:sdtPr>
+                      <w:sdtContent>
+                        <w:r w:rsidR="00C60719" w:rsidRPr="006854C6">
+                          <w:rPr>
+                            <w:rStyle w:val="PlaceholderText"/>
+                          </w:rPr>
+                          <w:t>Click or tap here to enter text.</w:t>
+                        </w:r>
+                      </w:sdtContent>
+                    </w:sdt>
+                  </w:sdtContent>
+                </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6D0B1B91" w14:textId="15FD9DBB" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="00F74B96" w:rsidP="00886C92">
       <w:pPr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid0"/>
         <w:tblW w:w="10611" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="108" w:type="dxa"/>
@@ -1403,50 +1754,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D339B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Applicant Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="2083866276"/>
             <w:placeholder>
               <w:docPart w:val="5FA730DDFEA74BA69D01A1066B593318"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5361" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="20A06294" w14:textId="77777777" w:rsidR="00D339B3" w:rsidRPr="00377998" w:rsidRDefault="00D339B3" w:rsidP="00BF4B5E">
                 <w:pPr>
                   <w:spacing w:line="271" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
@@ -1473,274 +1825,317 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D339B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B294BC5" w14:textId="77777777" w:rsidR="00D339B3" w:rsidRPr="00377998" w:rsidRDefault="00D339B3" w:rsidP="00BF4B5E">
+          <w:p w14:paraId="4B294BC5" w14:textId="77777777" w:rsidR="00D339B3" w:rsidRPr="00377998" w:rsidRDefault="00437726" w:rsidP="00BF4B5E">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                 </w:rPr>
                 <w:id w:val="1516113561"/>
                 <w:placeholder>
                   <w:docPart w:val="8555D3315223443899444DD89A5ABD0C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00377998">
+                <w:r w:rsidR="00D339B3" w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="618B88DF" w14:textId="76341B94" w:rsidR="00D339B3" w:rsidRPr="0090619A" w:rsidRDefault="00D339B3" w:rsidP="00886C92">
+    <w:p w14:paraId="4812FA92" w14:textId="77777777" w:rsidR="0090619A" w:rsidRPr="0090619A" w:rsidRDefault="0090619A" w:rsidP="00886C92">
       <w:pPr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4812FA92" w14:textId="77777777" w:rsidR="0090619A" w:rsidRPr="0090619A" w:rsidRDefault="0090619A" w:rsidP="00886C92">
-[...9 lines deleted...]
-    <w:p w14:paraId="53DB33D9" w14:textId="0B6FABDD" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="00F74B96" w:rsidP="00886C92">
+    <w:p w14:paraId="53DB33D9" w14:textId="741CF3F3" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="00F74B96" w:rsidP="00886C92">
       <w:pPr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION B – To be completed by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA041D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">MSc </w:t>
       </w:r>
       <w:r w:rsidR="00B72924" w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Programme</w:t>
       </w:r>
       <w:r w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008365D3" w:rsidRPr="00377998">
+      <w:r w:rsidR="00AA041D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Admission Tutor</w:t>
-[...20 lines deleted...]
-        <w:t>or their nominee</w:t>
+        <w:t>Director</w:t>
       </w:r>
       <w:r w:rsidR="00D339B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E38C71D" w14:textId="77777777" w:rsidR="0090619A" w:rsidRPr="0090619A" w:rsidRDefault="0090619A" w:rsidP="00886C92">
       <w:pPr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:ind w:left="-15" w:right="41"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EC24FE1" w14:textId="29B7E0D3" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="00F74B96" w:rsidP="00886C92">
+    <w:p w14:paraId="6EC24FE1" w14:textId="422F7C01" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="00F74B96" w:rsidP="00886C92">
       <w:pPr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:ind w:left="-15" w:right="41"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Please review </w:t>
       </w:r>
       <w:r w:rsidR="009212BF" w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>the form and</w:t>
+        <w:t xml:space="preserve">the form </w:t>
+      </w:r>
+      <w:r w:rsidR="0088752A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> any associated documentation and recommend one of the following: </w:t>
+        <w:t xml:space="preserve"> any associated documentation and </w:t>
+      </w:r>
+      <w:r w:rsidR="0088752A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">consider what changes to the mark scheme will be required </w:t>
+      </w:r>
+      <w:r w:rsidR="0088752A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(if any</w:t>
+      </w:r>
+      <w:r w:rsidR="0088752A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) should RPL be approved before </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377998">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>recommend</w:t>
+      </w:r>
+      <w:r w:rsidR="0088752A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377998">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one of the following: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E4E2E2E" w14:textId="4B66D9C9" w:rsidR="00EC501B" w:rsidRPr="00377998" w:rsidRDefault="00EC501B" w:rsidP="00886C92">
       <w:pPr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:ind w:left="-15" w:right="41"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10647" w:type="dxa"/>
         <w:tblInd w:w="-15" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10080"/>
         <w:gridCol w:w="567"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EC501B" w:rsidRPr="00377998" w14:paraId="757C00E7" w14:textId="77777777" w:rsidTr="00D339B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA41D19" w14:textId="352E1C86" w:rsidR="00EC501B" w:rsidRPr="00377998" w:rsidRDefault="00EC501B" w:rsidP="001E5982">
+          <w:p w14:paraId="1DA41D19" w14:textId="7DE25D48" w:rsidR="00EC501B" w:rsidRPr="00377998" w:rsidRDefault="00EC501B" w:rsidP="008B639C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="475"/>
               </w:tabs>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:ind w:left="475" w:right="41" w:hanging="475"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00377998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">a) </w:t>
             </w:r>
             <w:r w:rsidR="00CC1241" w:rsidRPr="00377998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00377998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Exemption with no transfer of marks</w:t>
+              <w:t xml:space="preserve">Exemption </w:t>
+            </w:r>
+            <w:r w:rsidR="008B639C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">from learning </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377998">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with no transfer of </w:t>
+            </w:r>
+            <w:r w:rsidR="008B639C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>credits</w:t>
             </w:r>
             <w:r w:rsidR="00D339B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00377998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00D339B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -1779,275 +2174,333 @@
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00EC501B" w:rsidRPr="00377998" w14:paraId="025D9079" w14:textId="77777777" w:rsidTr="00D339B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="313B8805" w14:textId="77807B42" w:rsidR="00EC501B" w:rsidRPr="00377998" w:rsidRDefault="00EC501B" w:rsidP="00D339B3">
+          <w:p w14:paraId="313B8805" w14:textId="2827FD3D" w:rsidR="00EC501B" w:rsidRPr="00377998" w:rsidRDefault="00EC501B" w:rsidP="008B639C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="475"/>
               </w:tabs>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:ind w:left="475" w:right="723" w:hanging="475"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00377998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">b) </w:t>
             </w:r>
             <w:r w:rsidR="00CC1241" w:rsidRPr="00377998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00377998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Exemption with transfer of marks</w:t>
+              <w:t xml:space="preserve">Exemption </w:t>
+            </w:r>
+            <w:r w:rsidR="008B639C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">from learning </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377998">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with transfer of </w:t>
+            </w:r>
+            <w:r w:rsidR="008B639C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">credits </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377998">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00D339B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00377998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>/</w:t>
+              <w:t xml:space="preserve">grades of prior </w:t>
             </w:r>
-            <w:r w:rsidR="00D339B3">
+            <w:r w:rsidR="008B639C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t xml:space="preserve">LSHTM </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377998">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>learning</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC1241" w:rsidRPr="00377998">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00377998">
+            <w:r w:rsidR="008B639C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>grades of prior learning</w:t>
+              <w:t>only</w:t>
             </w:r>
-            <w:r w:rsidR="00CC1241" w:rsidRPr="00377998">
+            <w:r w:rsidRPr="00377998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">A recommended for transfer </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="31785168"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="567" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="53DDE315" w14:textId="0D4267F8" w:rsidR="00EC501B" w:rsidRPr="00377998" w:rsidRDefault="00C57C22" w:rsidP="00FF5EC7">
                 <w:pPr>
                   <w:spacing w:line="271" w:lineRule="auto"/>
                   <w:ind w:right="41"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00EC501B" w:rsidRPr="00377998" w14:paraId="23E7194F" w14:textId="77777777" w:rsidTr="00D339B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A7C1E63" w14:textId="4C77903F" w:rsidR="00EC501B" w:rsidRPr="00377998" w:rsidRDefault="00FF5EC7" w:rsidP="001E5982">
+          <w:p w14:paraId="5A7C1E63" w14:textId="1BF0E749" w:rsidR="00EC501B" w:rsidRPr="00377998" w:rsidRDefault="00FF5EC7" w:rsidP="001E5982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="475"/>
               </w:tabs>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:ind w:left="475" w:right="41" w:hanging="475"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00377998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">c) </w:t>
             </w:r>
             <w:r w:rsidR="00CC1241" w:rsidRPr="00377998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00377998">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Exemption refused</w:t>
+              <w:t xml:space="preserve">Exemption </w:t>
+            </w:r>
+            <w:r w:rsidR="008B639C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">from learning </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377998">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>refused</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="1631973762"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="567" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="66A6B127" w14:textId="15B95732" w:rsidR="00EC501B" w:rsidRPr="00377998" w:rsidRDefault="00C57C22" w:rsidP="00FF5EC7">
                 <w:pPr>
                   <w:spacing w:line="271" w:lineRule="auto"/>
                   <w:ind w:right="41"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="266BC4E1" w14:textId="57662E3C" w:rsidR="00F74B96" w:rsidRPr="0090619A" w:rsidRDefault="00F74B96" w:rsidP="00130F54">
+    <w:p w14:paraId="266BC4E1" w14:textId="16420316" w:rsidR="00F74B96" w:rsidRDefault="00F74B96" w:rsidP="00130F54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="723"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D7D1ACF" w14:textId="77777777" w:rsidR="0088752A" w:rsidRPr="0090619A" w:rsidRDefault="0088752A" w:rsidP="00130F54">
       <w:pPr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:ind w:right="723"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid0"/>
         <w:tblW w:w="10611" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2405"/>
         <w:gridCol w:w="5361"/>
         <w:gridCol w:w="740"/>
         <w:gridCol w:w="2105"/>
@@ -2073,50 +2526,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D339B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-1281332308"/>
             <w:placeholder>
               <w:docPart w:val="4C52D84FCBAF46FD8B9919BAF61E874A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5361" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="06A1B343" w14:textId="77777777" w:rsidR="00D339B3" w:rsidRPr="00377998" w:rsidRDefault="00D339B3" w:rsidP="00BF4B5E">
                 <w:pPr>
                   <w:spacing w:line="271" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
@@ -2143,206 +2597,181 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D339B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76F24813" w14:textId="77777777" w:rsidR="00D339B3" w:rsidRPr="00377998" w:rsidRDefault="00D339B3" w:rsidP="00BF4B5E">
+          <w:p w14:paraId="76F24813" w14:textId="77777777" w:rsidR="00D339B3" w:rsidRPr="00377998" w:rsidRDefault="00437726" w:rsidP="00BF4B5E">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                 </w:rPr>
                 <w:id w:val="59913814"/>
                 <w:placeholder>
                   <w:docPart w:val="7CF9D070F8CA4A1EB9E7C3BEB8DA90E7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00377998">
+                <w:r w:rsidR="00D339B3" w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="71B38C63" w14:textId="4DF0475C" w:rsidR="00D339B3" w:rsidRPr="0090619A" w:rsidRDefault="00D339B3" w:rsidP="00886C92">
       <w:pPr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15EE68B8" w14:textId="77777777" w:rsidR="0090619A" w:rsidRPr="0090619A" w:rsidRDefault="0090619A" w:rsidP="00886C92">
       <w:pPr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37FDBDE5" w14:textId="7B9F447F" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="00F74B96" w:rsidP="00886C92">
+    <w:p w14:paraId="37FDBDE5" w14:textId="4D871F4B" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="00F74B96" w:rsidP="00886C92">
       <w:pPr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION C </w:t>
       </w:r>
       <w:r w:rsidR="00B72924" w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008365D3" w:rsidRPr="00377998">
+      <w:r w:rsidR="00AA041D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Taught Programme </w:t>
-[...13 lines deleted...]
-        <w:t>/Faculty Research Degrees Director</w:t>
+        <w:t xml:space="preserve">Associate Dean of Education </w:t>
       </w:r>
       <w:r w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> approval</w:t>
+        <w:t>approval</w:t>
       </w:r>
       <w:r w:rsidR="00D339B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45DCD08A" w14:textId="1D454ABA" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="00F74B96" w:rsidP="00886C92">
+    <w:p w14:paraId="45DCD08A" w14:textId="244951A6" w:rsidR="00F74B96" w:rsidRPr="00377998" w:rsidRDefault="00F74B96" w:rsidP="00886C92">
       <w:pPr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:ind w:left="-15" w:right="41"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Please sign below to indicate support for the </w:t>
       </w:r>
-      <w:r w:rsidR="00B72924" w:rsidRPr="00377998">
+      <w:r w:rsidR="00817D0F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Programme</w:t>
-[...11 lines deleted...]
-        <w:t>Admission Tutor</w:t>
+        <w:t>Programme Director’s</w:t>
       </w:r>
       <w:r w:rsidRPr="00377998">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> recommendation in Section B above. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid0"/>
         <w:tblW w:w="10611" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2405"/>
         <w:gridCol w:w="5361"/>
         <w:gridCol w:w="740"/>
         <w:gridCol w:w="2105"/>
       </w:tblGrid>
@@ -2367,566 +2796,313 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D339B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-773782186"/>
             <w:placeholder>
               <w:docPart w:val="D2BC367F5E7846B0AC0D8968B17EA9CC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
-            <w:bookmarkStart w:id="2" w:name="_GoBack" w:displacedByCustomXml="prev"/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5361" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="0D648B46" w14:textId="77777777" w:rsidR="00D339B3" w:rsidRPr="00377998" w:rsidRDefault="00D339B3" w:rsidP="00BF4B5E">
-                <w:pPr>
-[...262 lines deleted...]
-              <w:p w14:paraId="0DDEE061" w14:textId="77777777" w:rsidR="00D339B3" w:rsidRPr="00377998" w:rsidRDefault="00D339B3" w:rsidP="00BF4B5E">
                 <w:pPr>
                   <w:spacing w:line="271" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A52A6C1" w14:textId="77777777" w:rsidR="00D339B3" w:rsidRPr="00D339B3" w:rsidRDefault="00D339B3" w:rsidP="00BF4B5E">
+          <w:p w14:paraId="653FC662" w14:textId="77777777" w:rsidR="00D339B3" w:rsidRPr="00D339B3" w:rsidRDefault="00D339B3" w:rsidP="00BF4B5E">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D339B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FD418D3" w14:textId="77777777" w:rsidR="00D339B3" w:rsidRPr="00377998" w:rsidRDefault="00D339B3" w:rsidP="00BF4B5E">
+          <w:p w14:paraId="5AAA8227" w14:textId="77777777" w:rsidR="00D339B3" w:rsidRPr="00377998" w:rsidRDefault="00437726" w:rsidP="00BF4B5E">
             <w:pPr>
               <w:spacing w:line="271" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                 </w:rPr>
-                <w:id w:val="-26867076"/>
+                <w:id w:val="-61184115"/>
                 <w:placeholder>
-                  <w:docPart w:val="CC52FD84266148F4BD92D515F084FE2E"/>
+                  <w:docPart w:val="C0C10F464C2044FE83C1348BAF45EB6E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00377998">
+                <w:r w:rsidR="00D339B3" w:rsidRPr="00377998">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w14:paraId="38D491F5" w14:textId="77777777" w:rsidR="0090619A" w:rsidRPr="0090619A" w:rsidRDefault="0090619A" w:rsidP="00886C92">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="-15" w:right="41"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="1D35004B" w14:textId="77777777" w:rsidR="00D339B3" w:rsidRPr="00377998" w:rsidRDefault="00D339B3" w:rsidP="00D339B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:ind w:left="-15" w:right="41"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D339B3" w:rsidRPr="00377998" w:rsidSect="0090619A">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="426" w:left="720" w:header="709" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="00A17AF5" w14:textId="77777777" w:rsidR="00F74B96" w:rsidRDefault="00F74B96" w:rsidP="00F74B96">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0EBFC2E7" w14:textId="77777777" w:rsidR="00F74B96" w:rsidRDefault="00F74B96" w:rsidP="00F74B96">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1BB0D009" w14:textId="77777777" w:rsidR="00F74B96" w:rsidRDefault="00F74B96" w:rsidP="00F74B96">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="439A6574" w14:textId="77777777" w:rsidR="00F74B96" w:rsidRDefault="00F74B96" w:rsidP="00F74B96">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="770AC4FE" w14:textId="2F0F5F17" w:rsidR="00D339B3" w:rsidRDefault="00D339B3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00377998">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7BBFD0D7" wp14:editId="771E99BC">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5218814</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-224622</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1518920" cy="730250"/>
           <wp:effectExtent l="0" t="0" r="5080" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="20849"/>
@@ -2969,51 +3145,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10134C9E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="436CE0B2"/>
     <w:lvl w:ilvl="0" w:tplc="00062A48">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -5038,242 +5214,255 @@
   <w:num w:numId="10">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
-  <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="1"/>
-[...2 lines deleted...]
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="DOuqqudIAtgS/+Etm4Y/4mIQlZhv+M93xQo/V78Cs5G87NwyNfE7PIIwd4FpvceTy4QeX93laxEnJNK132ImzA==" w:salt="DCCHAYQCXy638UxZ0ZHB3g=="/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="XoMX1YG/7efcd+g4dRA/rYW79lsABzbFHOh5JeJNMyOhqKqUdIMuuwchj+cTgPG8uth6o2rlFJYFyRSa2Ytdvg==" w:salt="spvSP1tYUxTHOtQTcnyQVw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="22529"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D2211"/>
     <w:rsid w:val="0002325A"/>
     <w:rsid w:val="0003554D"/>
     <w:rsid w:val="00043C6B"/>
     <w:rsid w:val="00056E0A"/>
     <w:rsid w:val="00073A5D"/>
     <w:rsid w:val="000C4194"/>
     <w:rsid w:val="000C6F8A"/>
     <w:rsid w:val="000D2211"/>
     <w:rsid w:val="00130F54"/>
     <w:rsid w:val="00134A3D"/>
     <w:rsid w:val="00172283"/>
     <w:rsid w:val="001A1916"/>
     <w:rsid w:val="001E0C5F"/>
     <w:rsid w:val="001E5982"/>
     <w:rsid w:val="00201E64"/>
     <w:rsid w:val="002505D8"/>
     <w:rsid w:val="002A0EEE"/>
     <w:rsid w:val="002D7E78"/>
     <w:rsid w:val="00355739"/>
     <w:rsid w:val="00377998"/>
     <w:rsid w:val="0039524F"/>
     <w:rsid w:val="0039594A"/>
     <w:rsid w:val="00403425"/>
     <w:rsid w:val="00404D9A"/>
     <w:rsid w:val="00425E61"/>
+    <w:rsid w:val="00437726"/>
     <w:rsid w:val="00464E7B"/>
     <w:rsid w:val="0046649A"/>
     <w:rsid w:val="00504775"/>
     <w:rsid w:val="00513A66"/>
     <w:rsid w:val="00532C21"/>
     <w:rsid w:val="005A2D9B"/>
     <w:rsid w:val="005A4C7F"/>
     <w:rsid w:val="00607747"/>
     <w:rsid w:val="00614752"/>
     <w:rsid w:val="00640A55"/>
     <w:rsid w:val="00656E65"/>
     <w:rsid w:val="006762EA"/>
     <w:rsid w:val="00732A88"/>
     <w:rsid w:val="00761015"/>
     <w:rsid w:val="00763158"/>
     <w:rsid w:val="007B45B0"/>
     <w:rsid w:val="007B73BB"/>
+    <w:rsid w:val="007D27C6"/>
     <w:rsid w:val="007D58DE"/>
     <w:rsid w:val="007E5451"/>
     <w:rsid w:val="007E7BA6"/>
+    <w:rsid w:val="00817D0F"/>
     <w:rsid w:val="00830E18"/>
     <w:rsid w:val="00832404"/>
     <w:rsid w:val="008339B5"/>
     <w:rsid w:val="00834FF5"/>
     <w:rsid w:val="008365D3"/>
     <w:rsid w:val="00852951"/>
     <w:rsid w:val="00857F8B"/>
     <w:rsid w:val="00886C92"/>
+    <w:rsid w:val="0088752A"/>
     <w:rsid w:val="0089312D"/>
     <w:rsid w:val="0089612D"/>
+    <w:rsid w:val="008B639C"/>
+    <w:rsid w:val="008C0CE2"/>
+    <w:rsid w:val="008C340C"/>
+    <w:rsid w:val="008C7054"/>
     <w:rsid w:val="0090619A"/>
     <w:rsid w:val="009212BF"/>
     <w:rsid w:val="00930501"/>
     <w:rsid w:val="00935362"/>
     <w:rsid w:val="0094034C"/>
+    <w:rsid w:val="0094057B"/>
     <w:rsid w:val="00990C94"/>
     <w:rsid w:val="009B5578"/>
     <w:rsid w:val="009C59E3"/>
     <w:rsid w:val="009F2669"/>
     <w:rsid w:val="009F42DF"/>
     <w:rsid w:val="00A65539"/>
     <w:rsid w:val="00A917DA"/>
     <w:rsid w:val="00A94CE2"/>
+    <w:rsid w:val="00AA041D"/>
     <w:rsid w:val="00AB2207"/>
     <w:rsid w:val="00AC704E"/>
-    <w:rsid w:val="00AD011D"/>
     <w:rsid w:val="00AE3642"/>
     <w:rsid w:val="00AF0769"/>
     <w:rsid w:val="00AF46A2"/>
     <w:rsid w:val="00AF7C69"/>
     <w:rsid w:val="00B4032B"/>
     <w:rsid w:val="00B50A27"/>
     <w:rsid w:val="00B57D2E"/>
+    <w:rsid w:val="00B7044A"/>
     <w:rsid w:val="00B72924"/>
     <w:rsid w:val="00B902B0"/>
     <w:rsid w:val="00BB1CE5"/>
     <w:rsid w:val="00BB2981"/>
     <w:rsid w:val="00BC09AC"/>
     <w:rsid w:val="00BF460F"/>
     <w:rsid w:val="00C414FB"/>
     <w:rsid w:val="00C57B1D"/>
     <w:rsid w:val="00C57C22"/>
+    <w:rsid w:val="00C60719"/>
     <w:rsid w:val="00C87FB9"/>
     <w:rsid w:val="00CC1241"/>
     <w:rsid w:val="00CC2171"/>
     <w:rsid w:val="00D339B3"/>
     <w:rsid w:val="00D36ABC"/>
     <w:rsid w:val="00D442A1"/>
     <w:rsid w:val="00D5178C"/>
+    <w:rsid w:val="00D61A0B"/>
     <w:rsid w:val="00D65D51"/>
     <w:rsid w:val="00DA5C0D"/>
     <w:rsid w:val="00DB1F41"/>
+    <w:rsid w:val="00DC5D01"/>
     <w:rsid w:val="00DD69C7"/>
     <w:rsid w:val="00E12C91"/>
     <w:rsid w:val="00E25BF3"/>
     <w:rsid w:val="00EC2F47"/>
     <w:rsid w:val="00EC501B"/>
     <w:rsid w:val="00EF5EAF"/>
     <w:rsid w:val="00F31351"/>
     <w:rsid w:val="00F349F5"/>
     <w:rsid w:val="00F74B96"/>
     <w:rsid w:val="00F8282B"/>
     <w:rsid w:val="00F85CD4"/>
     <w:rsid w:val="00FC2BD4"/>
     <w:rsid w:val="00FC31F6"/>
     <w:rsid w:val="00FE363A"/>
     <w:rsid w:val="00FF5EC7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="22529"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7F3D2CC8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8F1F39DF-359E-484E-81CF-52DC3DA39D95}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5601,50 +5790,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00AB2207"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
       <w:ind w:left="709" w:hanging="724"/>
       <w:outlineLvl w:val="0"/>
@@ -6031,74 +6225,86 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C414FB"/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00073A5D"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008C340C"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lshtm.ac.uk/study/new-students/starting-your-course-london/regulations-policies-and-procedures" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lshtm.ac.uk/sites/default/files/Recognition-of-Prior-Learning-Policy.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C50EE8301C864813A374320F27483BAD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{849CCEAB-D363-46C1-9382-71F466DE9C13}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00DA0667" w:rsidRDefault="00861DF0" w:rsidP="00861DF0">
           <w:pPr>
             <w:pStyle w:val="C50EE8301C864813A374320F27483BAD"/>
           </w:pPr>
           <w:r w:rsidRPr="006854C6">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
@@ -6203,479 +6409,599 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{156E26E2-C35F-4B4D-A66F-879EEF3EEEFA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00C93ED4" w:rsidRDefault="00DA0667" w:rsidP="00DA0667">
           <w:pPr>
             <w:pStyle w:val="DE013C5D3E5A45D2BD5D71D70C00A939"/>
           </w:pPr>
           <w:r w:rsidRPr="006854C6">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="2F72DB634AB44425A93110A91394C612"/>
-[...27 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="50F25ED531A24929A510CE59D4FF9F79"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6BE96F69-2F84-49BD-8D65-F23947FE24ED}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00C93ED4" w:rsidRDefault="00DA0667" w:rsidP="00DA0667">
           <w:pPr>
             <w:pStyle w:val="50F25ED531A24929A510CE59D4FF9F79"/>
           </w:pPr>
           <w:r w:rsidRPr="006854C6">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5FA730DDFEA74BA69D01A1066B593318"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CB161A2A-AB1A-4325-865A-4ACB921B6BA7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="008E7A9B" w:rsidP="008E7A9B">
+        <w:p w:rsidR="00B65F5E" w:rsidRDefault="008E7A9B" w:rsidP="008E7A9B">
           <w:pPr>
             <w:pStyle w:val="5FA730DDFEA74BA69D01A1066B593318"/>
           </w:pPr>
           <w:r w:rsidRPr="006854C6">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8555D3315223443899444DD89A5ABD0C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{13C46332-B175-40CE-9DAB-944ACB73E30E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="008E7A9B" w:rsidP="008E7A9B">
+        <w:p w:rsidR="00B65F5E" w:rsidRDefault="008E7A9B" w:rsidP="008E7A9B">
           <w:pPr>
             <w:pStyle w:val="8555D3315223443899444DD89A5ABD0C"/>
           </w:pPr>
           <w:r w:rsidRPr="006854C6">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4C52D84FCBAF46FD8B9919BAF61E874A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{687C1031-2BE5-496F-9792-924A601A67BC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="008E7A9B" w:rsidP="008E7A9B">
+        <w:p w:rsidR="00B65F5E" w:rsidRDefault="008E7A9B" w:rsidP="008E7A9B">
           <w:pPr>
             <w:pStyle w:val="4C52D84FCBAF46FD8B9919BAF61E874A"/>
           </w:pPr>
           <w:r w:rsidRPr="006854C6">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7CF9D070F8CA4A1EB9E7C3BEB8DA90E7"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{25696355-305C-4570-9265-877A8864E590}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="008E7A9B" w:rsidP="008E7A9B">
+        <w:p w:rsidR="00B65F5E" w:rsidRDefault="008E7A9B" w:rsidP="008E7A9B">
           <w:pPr>
             <w:pStyle w:val="7CF9D070F8CA4A1EB9E7C3BEB8DA90E7"/>
           </w:pPr>
           <w:r w:rsidRPr="006854C6">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D2BC367F5E7846B0AC0D8968B17EA9CC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F84882A1-3B2B-4258-AFE8-B38EA0C0ADEC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="008E7A9B" w:rsidP="008E7A9B">
+        <w:p w:rsidR="00B65F5E" w:rsidRDefault="008E7A9B" w:rsidP="008E7A9B">
           <w:pPr>
             <w:pStyle w:val="D2BC367F5E7846B0AC0D8968B17EA9CC"/>
           </w:pPr>
           <w:r w:rsidRPr="006854C6">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C0C10F464C2044FE83C1348BAF45EB6E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6F703731-48B5-437F-848F-61D54A5B01A7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="008E7A9B" w:rsidP="008E7A9B">
+        <w:p w:rsidR="00B65F5E" w:rsidRDefault="008E7A9B" w:rsidP="008E7A9B">
           <w:pPr>
             <w:pStyle w:val="C0C10F464C2044FE83C1348BAF45EB6E"/>
           </w:pPr>
           <w:r w:rsidRPr="006854C6">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="38C6CFE85E7D4598A0DA78B818B7A3C7"/>
+        <w:name w:val="2F326411BA9746058897BF542CBE051D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{01C3079A-D7C3-40A9-8530-57CE935F78C5}"/>
+        <w:guid w:val="{F7BDD242-C5D8-4442-B8DC-F37BAEFA7A01}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="008E7A9B" w:rsidP="008E7A9B">
+        <w:p w:rsidR="00EB008C" w:rsidRDefault="00B65F5E" w:rsidP="00B65F5E">
           <w:pPr>
-            <w:pStyle w:val="38C6CFE85E7D4598A0DA78B818B7A3C7"/>
+            <w:pStyle w:val="2F326411BA9746058897BF542CBE051D"/>
           </w:pPr>
           <w:r w:rsidRPr="006854C6">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="CC52FD84266148F4BD92D515F084FE2E"/>
+        <w:name w:val="3A77E66FBB92451E9F3C5CE3C73390A3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{4F73EB18-5827-4005-9725-D267E75287F6}"/>
+        <w:guid w:val="{A51F9D62-5C1F-4815-BE77-98AAE71F5897}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="008E7A9B" w:rsidP="008E7A9B">
+        <w:p w:rsidR="00EB008C" w:rsidRDefault="00B65F5E" w:rsidP="00B65F5E">
           <w:pPr>
-            <w:pStyle w:val="CC52FD84266148F4BD92D515F084FE2E"/>
+            <w:pStyle w:val="3A77E66FBB92451E9F3C5CE3C73390A3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006854C6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="04941E32CEF44796AD5CB187FBFD544E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{367A9C70-44BD-45B0-BB59-798E965642A0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00EB008C" w:rsidRDefault="00B65F5E" w:rsidP="00B65F5E">
+          <w:pPr>
+            <w:pStyle w:val="04941E32CEF44796AD5CB187FBFD544E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006854C6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2A82027425634A7BB3D7F7FF79AC1A51"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DD0A3FC8-AEBC-487A-862D-282239E4E51C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00EB008C" w:rsidRDefault="00B65F5E" w:rsidP="00B65F5E">
+          <w:pPr>
+            <w:pStyle w:val="2A82027425634A7BB3D7F7FF79AC1A51"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006854C6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D22FA9669B1048A39399176FF4725DC4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D8CE0D10-8FED-4825-ABC7-37B649CCBCD3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00851DC9" w:rsidP="00851DC9">
+          <w:pPr>
+            <w:pStyle w:val="D22FA9669B1048A39399176FF4725DC4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006854C6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="691762A1BE724946BDAEE3195242BF58"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E05C86B0-F85A-42E2-B5AF-6CAE5F736820}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00851DC9" w:rsidP="00851DC9">
+          <w:pPr>
+            <w:pStyle w:val="691762A1BE724946BDAEE3195242BF58"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006854C6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6AFF05EA12C648C3BC523A34EFD50B87"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{47CA32DF-58C7-487F-8FC2-4BAD8BA5DA8D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00851DC9" w:rsidP="00851DC9">
+          <w:pPr>
+            <w:pStyle w:val="6AFF05EA12C648C3BC523A34EFD50B87"/>
           </w:pPr>
           <w:r w:rsidRPr="006854C6">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00861DF0"/>
     <w:rsid w:val="002F2E0C"/>
     <w:rsid w:val="00781E0C"/>
+    <w:rsid w:val="00851DC9"/>
     <w:rsid w:val="00861DF0"/>
     <w:rsid w:val="008E7A9B"/>
+    <w:rsid w:val="00B65F5E"/>
     <w:rsid w:val="00C93ED4"/>
     <w:rsid w:val="00DA0667"/>
+    <w:rsid w:val="00EB008C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7003,277 +7329,190 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="008E7A9B"/>
+    <w:rsid w:val="00851DC9"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
-  </w:style>
-[...6 lines deleted...]
-    <w:rsid w:val="00861DF0"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C50EE8301C864813A374320F27483BAD">
     <w:name w:val="C50EE8301C864813A374320F27483BAD"/>
     <w:rsid w:val="00861DF0"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1C6CB4C7045342E28129904B6CEC180D">
     <w:name w:val="1C6CB4C7045342E28129904B6CEC180D"/>
     <w:rsid w:val="00861DF0"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E758CBC3C361468C9C32749212750E55">
-[...26 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A986087D3A224A18A2F6AF92B4F4C47E">
     <w:name w:val="A986087D3A224A18A2F6AF92B4F4C47E"/>
     <w:rsid w:val="00DA0667"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D3E45C9D05444FDD87F833E240B5B880">
     <w:name w:val="D3E45C9D05444FDD87F833E240B5B880"/>
     <w:rsid w:val="00DA0667"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1DD8733FDBB6402EA721E53AE987C553">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DE013C5D3E5A45D2BD5D71D70C00A939">
     <w:name w:val="DE013C5D3E5A45D2BD5D71D70C00A939"/>
-    <w:rsid w:val="00DA0667"/>
-[...18 lines deleted...]
-    <w:name w:val="2F72DB634AB44425A93110A91394C612"/>
     <w:rsid w:val="00DA0667"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="50F25ED531A24929A510CE59D4FF9F79">
     <w:name w:val="50F25ED531A24929A510CE59D4FF9F79"/>
     <w:rsid w:val="00DA0667"/>
-  </w:style>
-[...50 lines deleted...]
-    <w:rsid w:val="008E7A9B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5FA730DDFEA74BA69D01A1066B593318">
     <w:name w:val="5FA730DDFEA74BA69D01A1066B593318"/>
     <w:rsid w:val="008E7A9B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8555D3315223443899444DD89A5ABD0C">
     <w:name w:val="8555D3315223443899444DD89A5ABD0C"/>
     <w:rsid w:val="008E7A9B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4C52D84FCBAF46FD8B9919BAF61E874A">
     <w:name w:val="4C52D84FCBAF46FD8B9919BAF61E874A"/>
     <w:rsid w:val="008E7A9B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7CF9D070F8CA4A1EB9E7C3BEB8DA90E7">
     <w:name w:val="7CF9D070F8CA4A1EB9E7C3BEB8DA90E7"/>
     <w:rsid w:val="008E7A9B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D2BC367F5E7846B0AC0D8968B17EA9CC">
     <w:name w:val="D2BC367F5E7846B0AC0D8968B17EA9CC"/>
     <w:rsid w:val="008E7A9B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C0C10F464C2044FE83C1348BAF45EB6E">
     <w:name w:val="C0C10F464C2044FE83C1348BAF45EB6E"/>
     <w:rsid w:val="008E7A9B"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="38C6CFE85E7D4598A0DA78B818B7A3C7">
-[...1 lines deleted...]
-    <w:rsid w:val="008E7A9B"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D22FA9669B1048A39399176FF4725DC4">
+    <w:name w:val="D22FA9669B1048A39399176FF4725DC4"/>
+    <w:rsid w:val="00851DC9"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CC52FD84266148F4BD92D515F084FE2E">
-[...1 lines deleted...]
-    <w:rsid w:val="008E7A9B"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="691762A1BE724946BDAEE3195242BF58">
+    <w:name w:val="691762A1BE724946BDAEE3195242BF58"/>
+    <w:rsid w:val="00851DC9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2F326411BA9746058897BF542CBE051D">
+    <w:name w:val="2F326411BA9746058897BF542CBE051D"/>
+    <w:rsid w:val="00B65F5E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3A77E66FBB92451E9F3C5CE3C73390A3">
+    <w:name w:val="3A77E66FBB92451E9F3C5CE3C73390A3"/>
+    <w:rsid w:val="00B65F5E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="04941E32CEF44796AD5CB187FBFD544E">
+    <w:name w:val="04941E32CEF44796AD5CB187FBFD544E"/>
+    <w:rsid w:val="00B65F5E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A82027425634A7BB3D7F7FF79AC1A51">
+    <w:name w:val="2A82027425634A7BB3D7F7FF79AC1A51"/>
+    <w:rsid w:val="00B65F5E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DC797EC329C145E58D022E343DE4F525">
+    <w:name w:val="DC797EC329C145E58D022E343DE4F525"/>
+    <w:rsid w:val="00851DC9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B1908D928DD34FF8B665B6876F857F19">
+    <w:name w:val="B1908D928DD34FF8B665B6876F857F19"/>
+    <w:rsid w:val="00851DC9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CB2E17ECDF8D480A98A38E73E4207539">
+    <w:name w:val="CB2E17ECDF8D480A98A38E73E4207539"/>
+    <w:rsid w:val="00851DC9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6AFF05EA12C648C3BC523A34EFD50B87">
+    <w:name w:val="6AFF05EA12C648C3BC523A34EFD50B87"/>
+    <w:rsid w:val="00851DC9"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -7526,116 +7765,106 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<customXsn xmlns="http://schemas.microsoft.com/office/2006/metadata/customXsn">
-[...8 lines deleted...]
-<?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="8207403b-203c-4ed3-95cd-88a852189123" ContentTypeId="0x010100E3C2D5FD9BED31418104DB9619E0BAE4" PreviousValue="false"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="95a0b8b2-c663-43e7-bd48-a3730d7a5ba2" xmlns:ns3="6a164dda-3779-4169-b957-e287451f6523" xmlns:ns4="b368c4e3-a0e0-4aa6-b5a3-80547d43da8e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d122f6a5274f669099932019ced282d5" ns2:_="" ns3:_="" ns4:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Policies" ma:contentTypeID="0x010100E3C2D5FD9BED31418104DB9619E0BAE40062D05E3AABB485419F0BDBEA712792D2" ma:contentTypeVersion="18" ma:contentTypeDescription="School documents that form official policies" ma:contentTypeScope="" ma:versionID="083da83773bad459fe382679852551ab">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="95a0b8b2-c663-43e7-bd48-a3730d7a5ba2" xmlns:ns3="6a164dda-3779-4169-b957-e287451f6523" xmlns:ns4="b368c4e3-a0e0-4aa6-b5a3-80547d43da8e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c2c9ec5a40e18047a4cf9320f46120b5" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="95a0b8b2-c663-43e7-bd48-a3730d7a5ba2"/>
     <xsd:import namespace="6a164dda-3779-4169-b957-e287451f6523"/>
     <xsd:import namespace="b368c4e3-a0e0-4aa6-b5a3-80547d43da8e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Overview" minOccurs="0"/>
                 <xsd:element ref="ns3:Visibility" minOccurs="0"/>
                 <xsd:element ref="ns2:Governance_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxKeywordTaxHTField" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns3:m48a2eb139814542bfdd702f3b540d66" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:LastSharedByUser" minOccurs="0"/>
                 <xsd:element ref="ns2:LastSharedByTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:_Flow_SignoffStatus" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoKeyPoints" minOccurs="0"/>
@@ -7884,208 +8113,217 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="6a164dda-3779-4169-b957-e287451f6523">
       <Value>160</Value>
       <Value>41</Value>
       <Value>48</Value>
     </TaxCatchAll>
     <TaxKeywordTaxHTField xmlns="6a164dda-3779-4169-b957-e287451f6523">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">policy</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">0c2a2c17-5ef2-4766-92d4-7872d211a028</TermId>
         </TermInfo>
       </Terms>
     </TaxKeywordTaxHTField>
     <m48a2eb139814542bfdd702f3b540d66 xmlns="6a164dda-3779-4169-b957-e287451f6523">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Division of Education</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">97010511-1aee-479f-9ad1-edea3821fef8</TermId>
         </TermInfo>
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Registry</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">eb58458e-0e30-4127-834c-b151d42bafa3</TermId>
         </TermInfo>
       </Terms>
     </m48a2eb139814542bfdd702f3b540d66>
     <Visibility xmlns="6a164dda-3779-4169-b957-e287451f6523">External</Visibility>
     <Overview xmlns="95a0b8b2-c663-43e7-bd48-a3730d7a5ba2" xsi:nil="true"/>
     <Governance_x0020_Type xmlns="95a0b8b2-c663-43e7-bd48-a3730d7a5ba2">
-      <Value>Policy</Value>
-      <Value>Instructions</Value>
+      <Value>Procedure</Value>
     </Governance_x0020_Type>
     <_dlc_DocId xmlns="95a0b8b2-c663-43e7-bd48-a3730d7a5ba2">3UFKAJEVQJ3U-1262573060-413</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="95a0b8b2-c663-43e7-bd48-a3730d7a5ba2">
       <Url>https://lshtm.sharepoint.com/sites/assets/policies/_layouts/15/DocIdRedir.aspx?ID=3UFKAJEVQJ3U-1262573060-413</Url>
       <Description>3UFKAJEVQJ3U-1262573060-413</Description>
     </_dlc_DocIdUrl>
     <_Flow_SignoffStatus xmlns="b368c4e3-a0e0-4aa6-b5a3-80547d43da8e" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<customXsn xmlns="http://schemas.microsoft.com/office/2006/metadata/customXsn">
+  <xsnLocation/>
+  <cached>True</cached>
+  <openByDefault>True</openByDefault>
+  <xsnScope/>
+</customXsn>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{354EDD35-7B72-413C-A62F-BA5B161E2BFF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{399B58CC-FA18-4D84-9308-1DABDB292D87}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1ECC6BDA-025C-49E3-AC53-855B7666EA66}"/>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3237A5FC-71D4-4A55-864D-64D99B7E8184}"/>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{298FD67B-7AFC-46BD-96B1-76B36F5C4E22}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="95a0b8b2-c663-43e7-bd48-a3730d7a5ba2"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="b368c4e3-a0e0-4aa6-b5a3-80547d43da8e"/>
     <ds:schemaRef ds:uri="6a164dda-3779-4169-b957-e287451f6523"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="b368c4e3-a0e0-4aa6-b5a3-80547d43da8e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91690AD1-58FF-46EC-B0FA-C9397212136A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{63EB7EFE-B774-4869-8013-3AA18EE05378}">
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E26D7773-0E97-4599-AC3B-FC8840709E9B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D746D9E0-58AE-43A5-BAE0-063F02325F03}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/customXsn"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>342</Words>
-  <Characters>1951</Characters>
+  <Words>335</Words>
+  <Characters>1912</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Recognition of Prior Learning application form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>London School of Hygiene &amp; Tropical Medicine</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2289</CharactersWithSpaces>
+  <CharactersWithSpaces>2243</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Recognition of prior learning application form</dc:title>
+  <dc:title>Recognition of Prior Learning application form</dc:title>
   <dc:subject/>
   <dc:creator>John Peck</dc:creator>
   <cp:keywords>policy</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100E3C2D5FD9BED31418104DB9619E0BAE40062D05E3AABB485419F0BDBEA712792D2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>cb959f7b-3221-4bcd-a1bf-f1e538b9eb78</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="TaxKeyword">
     <vt:lpwstr>41;#policy|0c2a2c17-5ef2-4766-92d4-7872d211a028</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Policy Area">
     <vt:lpwstr>160;#Division of Education|97010511-1aee-479f-9ad1-edea3821fef8;#48;#Registry|eb58458e-0e30-4127-834c-b151d42bafa3</vt:lpwstr>
   </property>